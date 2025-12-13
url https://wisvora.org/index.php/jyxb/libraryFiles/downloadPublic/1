--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -402,51 +402,70 @@
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:spacing w:after="340" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>题目XXXXX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>(标题字体：微软雅黑, 小二加粗。段落：段前17磅，段后17磅，单倍行距）</w:t>
+        <w:t xml:space="preserve">(标题字体：微软雅黑, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>18号</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>粗。段落：段前17磅，段后17磅，单倍行距）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4A68A8">
       <w:pPr>
         <w:spacing w:after="280"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>作者姓名</w:t>
       </w:r>
       <w:r>
@@ -1685,51 +1704,51 @@
                               <w:t>注：此处是作者信息，字体：微软雅黑，字号：8。作者简介需填写全部作者的简介，包括出生年、性别、学位、职称、研究方向。若未毕业，为“博士研究生”；若已毕业，为“博士”。</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:color w:val="000080"/>
                                 <w:szCs w:val="21"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:u w:val="double"/>
                               </w:rPr>
                               <w:t>阅后删除此文本框。</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5AA4BB55"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="62" type="#_x0000_t62" style="position:absolute;left:0pt;flip:x;margin-left:146.25pt;margin-top:28.7pt;height:78.25pt;width:310.35pt;z-index:251664384;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJALhIihdgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBBAdyT+wTokNmonbaGEOB2QkGBBpWHp5sRuYtU+&#10;h9ht2r/nOsF4uqd378r12Tt2MmO0ASVkMwHMYBu0xU7Cd/32sAIWk0KtXEAj4WIirKvbm1IVOkz4&#10;ZU7b1DGSYCyUhD6loeA8tr3xKs7CYJB2+zB6lWgcO65HNZHcO54L8ci9skgXejWY1960h+3RS1jU&#10;1tn31e5yaDafH9PPLu51HaW8v8vEC7BkzukPhms+pUNFTU04oo7MSZhn4olQki2XwAh4nmcLYI2E&#10;XOQCeFXy/y9Uv1BLAwQUAAAACACHTuJAwbdUensCAAD7BAAADgAAAGRycy9lMm9Eb2MueG1srVTL&#10;ctMwFN0zwz9otG+cV9MkU6eLhsCCgU4LH6BIsi1Gr5GU2OEDYM+aGRg2wJo1n9PCZ3Alm5IWFlng&#10;hefKujo659x7fXrWKIm23HlhdI4HvT5GXFPDhC5z/PLF6miKkQ9EMyKN5jnecY/PFg8fnNZ2zoem&#10;MpJxhwBE+3ltc1yFYOdZ5mnFFfE9Y7mGzcI4RQIsXZkxR2pAVzIb9vuTrDaOWWco9x6+LttN3CG6&#10;QwBNUQjKl4ZuFNehRXVckgCSfCWsx4vEtig4Dc+LwvOAZI5BaUhvuATidXxni1MyLx2xlaAdBXII&#10;hXuaFBEaLr2FWpJA0MaJv6CUoM54U4QeNSprhSRHQMWgf8+bq4pYnrSA1d7emu7/Hyx9tr1wSLAc&#10;D8cYaaKg4tfv3/z8/O7Hh6/X3z/dfHx78+0Lgk1wqrZ+Dgeu7IXrVh7CKLspnEKFFPYJtFQyAqSh&#10;Jvm8u/WZNwFR+DiajQfj8TFGFPZms9HJyXGEz1qciGedD4+5USgGOa45K/ml2Wh2CRU9J1KaTUjX&#10;kO1TH5LxrGNP2KsBRoWSUMctkWgyHk8TPBRnL2e4n3M07M9G064Z9pJG+0mDyWRy0vHsrgXGv5lG&#10;Dt5IwVZCyrRw5fpcOgQccrxKT3f4TprUqAYTjofRDgLzVEAfQ6gs1MTrMqm8c8LvA/fhWa3+BRyJ&#10;LYmvWgIJoRWoROAu9X3FCXukGQo7C2XXMO44klGcYSQ5/B1ilDIDEfKQTDBE6qiep9mD2sS6xr5p&#10;OyVGoVk38DWGa8N20H7wN4IiV8a9xohoCkGOwYM2PA/tuG6sE2UFeYOkNh6HmUhd081vHLr9dbr5&#10;zz9r8QtQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAuEiKF2AAAAAoBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAwbdUensCAAD7BAAADgAAAAAAAAABACAA&#10;AAAnAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;" adj="24729,6277,14400">
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="62" type="#_x0000_t62" style="position:absolute;left:0pt;flip:x;margin-left:146.25pt;margin-top:28.7pt;height:78.25pt;width:310.35pt;z-index:251664384;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAh3bit9oAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFd6T+B+sqsVEnaQtNiNMBCQkWRBuWbk7sJlbt&#10;c4jdpv33HBOMp/fpve/K7dVZdtFjMB4FpIsEmMbWK4OdgK/69WEDLESJSlqPWsBNB9hWs7tSFspP&#10;uNOXfewYlWAopIA+xqHgPLS9djIs/KCRsqMfnYx0jh1Xo5yo3FmeJckjd9IgLfRy0C+9bk/7sxOw&#10;qo01b5vD7dR8frxP34dwVHUQ4n6eJs/Aor7GPxh+9UkdKnJq/BlVYFZAlmdrQgWsn1bACMjTZQas&#10;oSRd5sCrkv9/ofoBUEsDBBQAAAAIAIdO4kDBt1R6ewIAAPsEAAAOAAAAZHJzL2Uyb0RvYy54bWyt&#10;VMty0zAU3TPDP2i0b5xX0yRTp4uGwIKBTgsfoEiyLUavkZTY4QNgz5oZGDbAmjWf08JncCWbkhYW&#10;WeCF58q6Ojrn3Ht9etYoibbceWF0jge9PkZcU8OELnP88sXqaIqRD0QzIo3mOd5xj88WDx+c1nbO&#10;h6YyknGHAET7eW1zXIVg51nmacUV8T1juYbNwjhFAixdmTFHakBXMhv2+5OsNo5ZZyj3Hr4u203c&#10;IbpDAE1RCMqXhm4U16FFdVySAJJ8JazHi8S2KDgNz4vC84BkjkFpSG+4BOJ1fGeLUzIvHbGVoB0F&#10;cgiFe5oUERouvYVakkDQxom/oJSgznhThB41KmuFJEdAxaB/z5urilietIDV3t6a7v8fLH22vXBI&#10;sBwPxxhpoqDi1+/f/Pz87seHr9ffP918fHvz7QuCTXCqtn4OB67shetWHsIouymcQoUU9gm0VDIC&#10;pKEm+by79Zk3AVH4OJqNB+PxMUYU9maz0cnJcYTPWpyIZ50Pj7lRKAY5rjkr+aXZaHYJFT0nUppN&#10;SNeQ7VMfkvGsY0/YqwFGhZJQxy2RaDIeTxM8FGcvZ7ifczTsz0bTrhn2kkb7SYPJZHLS8eyuBca/&#10;mUYO3kjBVkLKtHDl+lw6BBxyvEpPd/hOmtSoBhOOh9EOAvNUQB9DqCzUxOsyqbxzwu8D9+FZrf4F&#10;HIktia9aAgmhFahE4C71fcUJe6QZCjsLZdcw7jiSUZxhJDn8HWKUMgMR8pBMMETqqJ6n2YPaxLrG&#10;vmk7JUahWTfwNYZrw3bQfvA3giJXxr3GiGgKQY7BgzY8D+24bqwTZQV5g6Q2HoeZSF3TzW8cuv11&#10;uvnPP2vxC1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2Ipj&#10;GltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P&#10;+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC63&#10;0sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM&#10;649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1s&#10;lZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY&#10;2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0row&#10;QkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0J&#10;eUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0&#10;sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEA&#10;IAAAAO4EAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AAAAAAAAAAAQAAAA0AMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAA&#10;AAEAIAAAAPQDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAA&#10;AAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQId24rfaAAAACgEAAA8AAAAAAAAAAQAgAAAA&#10;IgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kDBt1R6ewIAAPsEAAAOAAAAAAAAAAEA&#10;IAAAACkBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAWBgAAAAA=&#10;" adj="24729,6277,14400">
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke color="#0000FF" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="12DA4564">
                       <w:pPr>
                         <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:color w:val="000080"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>注：此处是作者信息，字体：微软雅黑，字号：8。作者简介需填写全部作者的简介，包括出生年、性别、学位、职称、研究方向。若未毕业，为“博士研究生”；若已毕业，为“博士”。</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
@@ -1988,51 +2007,51 @@
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5282F2FC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3750945</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>314960</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2444750" cy="814070"/>
                 <wp:effectExtent l="371475" t="5080" r="12700" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="圆角矩形标注 12"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="2444750" cy="814070"/>
                         </a:xfrm>
                         <a:prstGeom prst="wedgeRoundRectCallout">
                           <a:avLst>
                             <a:gd name="adj1" fmla="val 64485"/>
                             <a:gd name="adj2" fmla="val -20938"/>
@@ -2082,51 +2101,51 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:color w:val="000080"/>
                                 <w:szCs w:val="21"/>
                                 <w:highlight w:val="yellow"/>
                                 <w:u w:val="double"/>
                               </w:rPr>
                               <w:t>阅后删除此文本框。</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="574B2EF1"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="62" type="#_x0000_t62" style="position:absolute;left:0pt;flip:x;margin-left:295.35pt;margin-top:24.8pt;height:64.1pt;width:192.5pt;z-index:251667456;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJApRibldgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVI7KhdRJsHcbpAQoINgoZNd048Taz6&#10;EWK3af+eYUWXM3N059xqc3aWnXCKJngJy4UAhr4L2vhewnfz+pADi0l5rWzwKOGCETb17U2lSh1m&#10;/4WnbeoZhfhYKglDSmPJeewGdCouwoiebvswOZVonHquJzVTuLP8UYg1d8p4+jCoEV8G7A7bo5Pw&#10;1Bhr3vLd5dB+frzPP7u4102U8v5uKZ6BJTynfxj+9EkdanJqw9HryKyEVSEyQimsWAMjoMhWtGiJ&#10;zLIceF3x6wr1L1BLAwQUAAAACACHTuJANCi4f3oCAAD7BAAADgAAAGRycy9lMm9Eb2MueG1srVTN&#10;bhMxEL4j8Q6W781u0iRNo256aAgcEFQtPIBje3eN/CfbySY8ANw5I4G4AGfOPE4Lj8HYu7RpyyEH&#10;9rAa2+Nv5vtmxienGyXRmjsvjC5wv5djxDU1TOiqwK9fLQ4mGPlANCPSaF7gLff4dPb40Uljp3xg&#10;aiMZdwhAtJ82tsB1CHaaZZ7WXBHfM5ZrOCyNUyTA0lUZc6QBdCWzQZ6Ps8Y4Zp2h3HvYnbeHuEN0&#10;+wCashSUzw1dKa5Di+q4JAEo+VpYj2cp27LkNLwsS88DkgUGpiH9IQjYy/jPZidkWjlia0G7FMg+&#10;KdzjpIjQEPQGak4CQSsnHkApQZ3xpgw9alTWEkmKAIt+fk+by5pYnriA1N7eiO7/Hyx9sT53SDDo&#10;hAFGmiio+NXHd7+/fvj16fvVzy/Xn99f//iG4BCUaqyfwoVLe+66lQcz0t6UTqFSCvsMgJIQQA1t&#10;ks7bG535JiAKm4PhcHg0ghJQOJv0h/lRKkTW4kQ863x4yo1C0Shww1nFL8xKswuo6BmR0qxCCkPW&#10;z31IwrMue8Le9DEqlYQ6rolE4+FwMurqvOMDbG99Dgb58eHkodPhrlN/PB4fRR/IswsL1t9MYw7e&#10;SMEWQsq0cNXyTDoEORR4kb7u8h03qVFT4OPRYARyEJinEvoYTGWhJl5XieWdG34XOIdvsfgXcExs&#10;TnzdJpAQWoJKBO5S39ecsCeaobC1UHYN445jMoozjCSH1yFayTMQIffxBEGkjux5mj2oTdQr9k3b&#10;KdEKm+UGdqO5NGwL7QevERS5Nu4tRkRTMAoMGrTmWWjHdWWdqGrw6ye28TrMRKpGN79x6HbXKfLt&#10;mzX7A1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AOsEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAzQMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAPEDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQKUYm5XYAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kA0KLh/egIAAPsEAAAOAAAAAAAAAAEAIAAA&#10;ACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAATBgAAAAA=&#10;" adj="24729,6277,14400">
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="62" type="#_x0000_t62" style="position:absolute;left:0pt;flip:x;margin-left:295.35pt;margin-top:24.8pt;height:64.1pt;width:192.5pt;z-index:251666432;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJApRibldgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVI7KhdRJsHcbpAQoINgoZNd048Taz6&#10;EWK3af+eYUWXM3N059xqc3aWnXCKJngJy4UAhr4L2vhewnfz+pADi0l5rWzwKOGCETb17U2lSh1m&#10;/4WnbeoZhfhYKglDSmPJeewGdCouwoiebvswOZVonHquJzVTuLP8UYg1d8p4+jCoEV8G7A7bo5Pw&#10;1Bhr3vLd5dB+frzPP7u4102U8v5uKZ6BJTynfxj+9EkdanJqw9HryKyEVSEyQimsWAMjoMhWtGiJ&#10;zLIceF3x6wr1L1BLAwQUAAAACACHTuJANCi4f3oCAAD7BAAADgAAAGRycy9lMm9Eb2MueG1srVTN&#10;bhMxEL4j8Q6W781u0iRNo256aAgcEFQtPIBje3eN/CfbySY8ANw5I4G4AGfOPE4Lj8HYu7RpyyEH&#10;9rAa2+Nv5vtmxienGyXRmjsvjC5wv5djxDU1TOiqwK9fLQ4mGPlANCPSaF7gLff4dPb40Uljp3xg&#10;aiMZdwhAtJ82tsB1CHaaZZ7WXBHfM5ZrOCyNUyTA0lUZc6QBdCWzQZ6Ps8Y4Zp2h3HvYnbeHuEN0&#10;+wCashSUzw1dKa5Di+q4JAEo+VpYj2cp27LkNLwsS88DkgUGpiH9IQjYy/jPZidkWjlia0G7FMg+&#10;KdzjpIjQEPQGak4CQSsnHkApQZ3xpgw9alTWEkmKAIt+fk+by5pYnriA1N7eiO7/Hyx9sT53SDDo&#10;hAFGmiio+NXHd7+/fvj16fvVzy/Xn99f//iG4BCUaqyfwoVLe+66lQcz0t6UTqFSCvsMgJIQQA1t&#10;ks7bG535JiAKm4PhcHg0ghJQOJv0h/lRKkTW4kQ863x4yo1C0Shww1nFL8xKswuo6BmR0qxCCkPW&#10;z31IwrMue8Le9DEqlYQ6rolE4+FwMurqvOMDbG99Dgb58eHkodPhrlN/PB4fRR/IswsL1t9MYw7e&#10;SMEWQsq0cNXyTDoEORR4kb7u8h03qVFT4OPRYARyEJinEvoYTGWhJl5XieWdG34XOIdvsfgXcExs&#10;TnzdJpAQWoJKBO5S39ecsCeaobC1UHYN445jMoozjCSH1yFayTMQIffxBEGkjux5mj2oTdQr9k3b&#10;KdEKm+UGdqO5NGwL7QevERS5Nu4tRkRTMAoMGrTmWWjHdWWdqGrw6ye28TrMRKpGN79x6HbXKfLt&#10;mzX7A1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AOsEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAzQMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAPEDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQKUYm5XYAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kA0KLh/egIAAPsEAAAOAAAAAAAAAAEAIAAA&#10;ACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAATBgAAAAA=&#10;" adj="24729,6277,14400">
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke color="#0000FF" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1125D29A">
                       <w:pPr>
                         <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:color w:val="000080"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:color w:val="000080"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>注：英文标题首字母大写；姓名首字母大写，姓/名前后不限。</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="730D10D2">
@@ -2708,57 +2727,56 @@
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>[参考文献]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
           <w:lang w:bidi="ar"/>
         </w:rPr>
         <w:t>必须有参考文献，而且所引用文献必须是作者本人直接阅读过的、正式出版的、最主要的、最新鲜的相关文献。最少不得少于5条。文献按文章中出现先后顺序排列，以下列举了期刊、专著、论文集、学位论文、专利、网络文献的示例。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F420B1D">
       <w:pPr>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="340" w:lineRule="exact"/>
         <w:ind w:leftChars="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1859915</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>9710420</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4619625" cy="885825"/>
                 <wp:effectExtent l="429895" t="4445" r="8255" b="5080"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="圆角矩形标注 16"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -3105,63 +3123,63 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202090204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:altName w:val="汉仪楷体简"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="汉仪书宋二KW">
     <w:panose1 w:val="00020600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="A00002BF" w:usb1="18EF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="汉仪楷体KW">
+    <w:panose1 w:val="00020600040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002BF" w:usb1="18EF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="苹方-简">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="A00002FF" w:usb1="7ACFFDFB" w:usb2="00000017" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00002BF" w:usb1="18EF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="汉仪中黑KW">
     <w:panose1 w:val="00020600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="A00002BF" w:usb1="18EF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="汉仪楷体简">
     <w:panose1 w:val="02010600000101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0800" w:usb2="00000002" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="6D54659A">
     <w:pPr>
       <w:pStyle w:val="5"/>
     </w:pPr>
     <w:r>
@@ -3391,51 +3409,834 @@
     <w:pPr>
       <w:widowControl/>
       <w:ind w:firstLine="750" w:firstLineChars="500"/>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:kern w:val="0"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>李  某</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:kern w:val="0"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
-      <w:t>(1972—)，女，博士，副教授，研究方向为直线电机及其控制、电机优化设计；</w:t>
+      <w:t>(1972—)，女，博士，副教授，研究方向为直线电机及其控制、电机优化设</w:t>
+    </w:r>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-95250</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-9059545</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6367780" cy="527685"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="13" name="组合 13"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6367780" cy="527685"/>
+                        <a:chOff x="6215" y="845"/>
+                        <a:chExt cx="10028" cy="831"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wpg:grpSp>
+                      <wpg:cNvPr id="14" name="组合 18"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="6379" y="845"/>
+                          <a:ext cx="9714" cy="831"/>
+                          <a:chOff x="5757" y="1028"/>
+                          <a:chExt cx="9714" cy="831"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="文本框 5"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="8556" y="1028"/>
+                            <a:ext cx="4258" cy="519"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="6350">
+                            <a:noFill/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="5AE7C7EF">
+                              <w:pPr>
+                                <w:jc w:val="distribute"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>中国现代教育学报</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="08EE0A1F">
+                              <w:pPr>
+                                <w:jc w:val="distribute"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="直接连接符 4"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5757" y="1748"/>
+                            <a:ext cx="9714" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="31750" cap="flat" cmpd="thickThin" algn="ctr">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd type="none"/>
+                            <a:tailEnd type="none"/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="文本框 1"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="8620" y="1342"/>
+                            <a:ext cx="4700" cy="517"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="6350">
+                            <a:noFill/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="2F070920">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:t>Journal of Modern Educational Studies in China</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="3BF5DD81">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:grpSp>
+                    <wps:wsp>
+                      <wps:cNvPr id="17" name="文本框 1"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="6215" y="923"/>
+                          <a:ext cx="1352" cy="601"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="623F5F46">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:jc w:val="distribute"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>第1卷第</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>4</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">期 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3436F039">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:jc w:val="distribute"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-40"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>２０２５</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">年 </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>11</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>-</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>12</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>月</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3AAA94D9">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:jc w:val="distribute"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-34"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                    <wps:wsp>
+                      <wps:cNvPr id="7" name="文本框 7"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="14937" y="936"/>
+                          <a:ext cx="1306" cy="643"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3D1D1004">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:jc w:val="distribute"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Vol.1 No.</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>4</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1EFC325C">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:jc w:val="distribute"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Nov.-Dec.2025</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4C24C325">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:jc w:val="distribute"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="395F4679">
+                            <w:pPr>
+                              <w:spacing w:line="220" w:lineRule="exact"/>
+                              <w:jc w:val="distribute"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-45"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:0pt;margin-left:-7.5pt;margin-top:-713.35pt;height:41.55pt;width:501.4pt;z-index:251667456;mso-width-relative:page;mso-height-relative:page;" coordorigin="6215,845" coordsize="10028,831" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAPL4vFN4AAAAP&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwW7CMBBE75X6D9ZW6g0cEwg0jYMq1PaEKhUqIW4mXpKI&#10;eB3FJoG/r3Nqb7s7o9k32fpmGtZj52pLEsQ0AoZUWF1TKeFn/zFZAXNekVaNJZRwRwfr/PEhU6m2&#10;A31jv/MlCyHkUiWh8r5NOXdFhUa5qW2Rgna2nVE+rF3JdaeGEG4aPouihBtVU/hQqRY3FRaX3dVI&#10;+BzU8BaL9357OW/ux/3i67AVKOXzk4hegXm8+T8zjPgBHfLAdLJX0o41EiZiEbr4cZjPkiWw4HlZ&#10;LUOd03iL53ECPM/4/x75L1BLAwQUAAAACACHTuJA7l/ckS8EAACaEAAADgAAAGRycy9lMm9Eb2Mu&#10;eG1s7VhNb9w2EL0X6H8gdK9X39oVvA5cOzYKGIkBp+iZS1EroRLJklzvuuei6anoqZcWBXpoTzn2&#10;1kN+TZz+jA5JSevdtQEnTYIUsA8yP4eaN2/eULv/aNU26JJKVXM29YI930OUEV7UbD71vnx28tnY&#10;Q0pjVuCGMzr1rqjyHh18+sn+UuQ05BVvCioRGGEqX4qpV2kt8tFIkYq2WO1xQRlMlly2WENXzkeF&#10;xEuw3jaj0PfT0ZLLQkhOqFIweuwmvc6ivI9BXpY1ocecLFrKtLMqaYM1uKSqWijvwL5tWVKin5al&#10;oho1Uw881fYJh0B7Zp6jg32czyUWVU26V8D3eYUtn1pcMzh0MHWMNUYLWe+YamsiueKl3iO8HTlH&#10;LCLgReBvYXMq+UJYX+b5ci4G0CFQW6i/tVny5PJcoroAJkQeYriFiL/++7tXP/2AYADQWYp5DotO&#10;pbgQ57IbmLuecXhVytb8B1fQyuJ6NeBKVxoRGEyjNMvGADmBuSTM0nHigCcVRMdsS8Mg8RDMjuNh&#10;6nG3O/D9EDhp9o6jwGwc9ceOzNsNLzN03jNQ8TZQ47cAKo2yyabHPVqTLIATbriL8wGnJEsyuysw&#10;mFjykqoHamfjnThB5qo1ndR/o9NFhQW1LFWGKR2dIJyOTdc/P7/+9cX1798jG9mlsKsMmZBefc4h&#10;+DamZlzB4C2cGidJuuV0j1UcJh01kmCyQQ2cC6n0KeUtMo2pJ0ELbIriyzOlHYv6JeZQxk/qprGQ&#10;NgwtDWsT324YZgDPhpm11CpLZ2b95qalV7MVGDHNGS+uwEvJneooQU5qeJUzrPQ5liAzkBEgxPop&#10;PMqGw5G8a3mo4vLb28bNeggXzHpoCbI19dQ3Cyyph5ovGARyEsSx0TnbiZMshI68OTO7OcMW7REH&#10;ZQxA8gWxTbNeN32zlLz9CvT60JwKU5gROHvq6b55pJ2Ygt4TenhoF4GyCazP2IUgxrQD93CheVlb&#10;3NfYQCqbDpDRIfbeWblO3V/+uv7xj39e/gbP1y/+RLFLYcvNI9YJ3Z2MXKdhFndp2DNynYS2uAwp&#10;uMPHpmYma3B+Xz5GQQaERMQEvYRiB81WFBALKF1fP6ugACHczKGmEy2tYcWbujCkNqcoOZ8dNRJd&#10;YlMJ7V+XLxvLTEYcY1W5dXbKyUxbayj7Td2CCg+7cV5RXDxmBdJXAioHgxuDW65x3eyO3yeBXNaY&#10;/Pyw1ACJ2RasQZhA1t5IsFKTdlCvgigOHR49PeLMNzE0dTDIugD0JbRXowfB+l8I1vry8YHECwjz&#10;zig6XLgmob3mQU3rr1tREjqGpv7mbWtHwt5dSbW57sq/yfqHIoo+4iJ6Cw2tlJnIvaFSBvEkchfa&#10;SZRuKmUQ+SDJRinT2FL07lL6wENTbz6my5zVRvhktd9q3ee1+Sa+2bcVfv2TwsG/UEsDBAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAA&#10;X3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h&#10;7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWW&#10;V63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYru&#10;HlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAA&#10;CACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVO&#10;u0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7f&#10;ZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pR&#10;RIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q6&#10;4Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvl&#10;g+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAApgYAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAACIBQAA&#10;X3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAArAUAAF9yZWxz&#10;Ly5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9Q&#10;SwECFAAUAAAACACHTuJAPL4vFN4AAAAPAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAhQAFAAAAAgAh07iQO5f3JEvBAAAmhAAAA4AAAAAAAAAAQAgAAAALQEAAGRycy9lMm9E&#10;b2MueG1sUEsFBgAAAAAGAAYAWQEAAM4HAAAAAA==&#10;">
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:group id="组合 18" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:6379;top:845;height:831;width:9714;" coordorigin="5757,1028" coordsize="9714,831" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAjTWXFr0AAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTWvCQBC9C/0PyxR6azaxrUh0IyJt6UEKJoJ4G7JjEpKd&#10;Ddltov++Wyh4m8f7nPXmajox0uAaywqSKAZBXFrdcKXgWHw8L0E4j6yxs0wKbuRgkz3M1phqO/GB&#10;xtxXIoSwS1FB7X2fSunKmgy6yPbEgbvYwaAPcKikHnAK4aaT8zheSIMNh4Yae9rVVLb5j1HwOeG0&#10;fUnex3172d3Oxdv3aZ+QUk+PSbwC4enq7+J/95cO81/h75dwgMx+AVBLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAFQAAAGRycy9ncm91cHNoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1L&#10;zk/JzEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kAJLbcE0wAAAJkBAAALAAAAX3JlbHMvLnJlbHOl&#10;kEFLAzEQhe+C/yHM3c22BxFptjeh11rBa0hms8FNJszE1f57U0RwpTcPc5h5zPceb7f/TLNakCVS&#10;NrDpelCYHfmYg4GX09PdAyipNns7U0YDZxTYD7c3uyPOtrYnmWIR1ShZDEy1lketxU2YrHRUMDdl&#10;JE62tpWDLta92YB62/f3mn8zYFgx1cEb4IPfgjqdS3P+w07RMQmNtXOUNI1jdNeoOjC9l+fJFnxN&#10;c2NZDlgNeJZvSS5SC9m1AX09w+afGTx95CMua/fLkXH58dWrQocvUEsDBBQAAAAIAIdO4kBUfegn&#10;/gAAAOwBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRy07DMBBF90j8g+UtShxYIISadEGAHSAo&#10;HzCyJ4lFYlseN7R/z7iPDaJIXdoz954je7HcTKOYMZL1rpbXZSUFOu2NdX0tP1dPxZ0UlMAZGL3D&#10;Wm6R5LK5vFistgFJcNpRLYeUwr1SpAecgEof0PGk83GCxMfYqwD6C3pUN1V1q7R3CV0qUu6QzaLF&#10;DtZjEo8bvt6bRBxJiof9YmbVEkIYrYbEpmp25helOBBKTu52aLCBrlhDqj8JeXIacMi98tNEa1C8&#10;QUwvMLGGMpGU8d8u4lz+X5ItJyp811mNZRup5dg7zkerU+199OtAAwTk/nMZzzn8kcNHjNr9VfMD&#10;UEsBAhQAFAAAAAgAh07iQFR96Cf+AAAA7AEAABMAAAAAAAAAAQAgAAAAmgIAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB6AQAAX3Jl&#10;bHMvUEsBAhQAFAAAAAgAh07iQAkttwTTAAAAmQEAAAsAAAAAAAAAAQAgAAAAngEAAF9yZWxzLy5y&#10;ZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwEC&#10;FAAUAAAACACHTuJAjTWXFr0AAADbAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1s&#10;UEsBAhQAFAAAAAgAh07iQDMvBZ47AAAAOQAAABUAAAAAAAAAAQAgAAAADAEAAGRycy9ncm91cHNo&#10;YXBleG1sLnhtbFBLBQYAAAAABgAGAGABAADJAwAAAAA=&#10;">
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:8556;top:1028;height:519;width:4258;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAvEkpHL4AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBSE7wX/w/KE3uomQkpIXYMExFLqITaX3l6zzySY&#10;fRuz22j99d1CweMwM98wq/xqejHR6DrLCuJFBIK4trrjRkH1sX1KQTiPrLG3TAp+yEG+nj2sMNP2&#10;wiVNB9+IAGGXoYLW+yGT0tUtGXQLOxAH72hHgz7IsZF6xEuAm14uo+hZGuw4LLQ4UNFSfTp8GwVv&#10;xXaP5dfSpLe+2L0fN8O5+kyUepzH0QsIT1d/D/+3X7WCBP6uhBsg179QSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nM&#10;S7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoD&#10;MQyG90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0L&#10;iqJl5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKlt&#10;HnRCe8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvy&#10;m9bTmlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAA&#10;AFtDb250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN39&#10;99L9uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHI&#10;accKhpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKI&#10;h8Pi0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479c&#10;pLn8G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrj&#10;EWb3AAAA4gEAABMAAAAAAAAAAQAgAAAAjwIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB2AQAAX3JlbHMvUEsBAhQAFAAAAAgAh07i&#10;QNVcJijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAmgEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAvEkpHL4A&#10;AADaAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAAAAAAAAAQAgAAAADQEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBb&#10;AQAAtwMAAAAA&#10;">
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke on="f" weight="0.5pt"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="5AE7C7EF">
+                        <w:pPr>
+                          <w:jc w:val="distribute"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>中国现代教育学报</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="08EE0A1F">
+                        <w:pPr>
+                          <w:jc w:val="distribute"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:5757;top:1748;height:0;width:9714;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzu7QKLsAAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS6vCMBSE94L/IRzh7jStiEg1uhAVF3dxfVGXx+bYFpuT&#10;0sTH9dcbQXA5zMw3zGT2MJW4UeNKywriXgSCOLO65FzBfrfsjkA4j6yxskwK/snBbNpuTTDR9s4b&#10;um19LgKEXYIKCu/rREqXFWTQ9WxNHLyzbQz6IJtc6gbvAW4q2Y+ioTRYclgosKZ5QdllezUKXLUq&#10;n8vD7ynN4tQujn+Y7wao1E8njsYgPD38N/xpr7WCAbyvhBsgpy9QSwMEFAAAAAgAh07iQDMvBZ47&#10;AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nMS7dV&#10;Cg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoDMQyG&#10;90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0LiqJl&#10;5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKltHnRC&#10;e8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvym9bT&#10;mlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAAAFtD&#10;b250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN3999L9&#10;uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHIaccK&#10;hpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKIh8Pi&#10;0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479cpLn8&#10;G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrjEWb3&#10;AAAA4gEAABMAAAAAAAAAAQAgAAAAjAIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABzAQAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQNVc&#10;JijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAlwEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAzu7QKLsAAADa&#10;AAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMvBZ47&#10;AAAAOQAAABAAAAAAAAAAAQAgAAAACgEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBbAQAA&#10;tAMAAAAA&#10;">
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke weight="2.5pt" color="#000000" linestyle="thickThin" miterlimit="8" joinstyle="miter"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:line>
+                <v:shape id="文本框 1" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:8620;top:1342;height:517;width:4700;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJATJu3a70AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS4vCQBCE7wv+h6EFb+tEQZHoRCQgLuIefFy8tZnOAzM9&#10;MTPr69fvCILHoqq+ombzu6nFlVpXWVYw6EcgiDOrKy4UHPbL7wkI55E11pZJwYMczJPO1wxjbW+8&#10;pevOFyJA2MWooPS+iaV0WUkGXd82xMHLbWvQB9kWUrd4C3BTy2EUjaXBisNCiQ2lJWXn3Z9RsE6X&#10;v7g9Dc3kWaerTb5oLofjSKledxBNQXi6+0/43f7RCsbwuhJugEz+AVBLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBMm7drvQAA&#10;ANoAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;">
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke on="f" weight="0.5pt"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="2F070920">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:t>Journal of Modern Educational Studies in China</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="3BF5DD81">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </v:group>
+              <v:shape id="文本框 1" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:6215;top:923;height:601;width:1352;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJARM3R9LwAAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTWvCQBC9C/6HZYTedBOhrUTXIAFRSnswevE2ZsckmJ2N&#10;2VXT/vpuoeBtHu9zFmlvGnGnztWWFcSTCARxYXXNpYLDfj2egXAeWWNjmRR8k4N0ORwsMNH2wTu6&#10;574UIYRdggoq79tESldUZNBNbEscuLPtDPoAu1LqDh8h3DRyGkVv0mDNoaHClrKKikt+Mwo+svUX&#10;7k5TM/tpss3nedVeD8dXpV5GcTQH4an3T/G/e6vD/Hf4+yUcIJe/UEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQETN0fS8AAAA&#10;2wAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke on="f" weight="0.5pt"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="623F5F46">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:jc w:val="distribute"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>第1卷第</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>4</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">期 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3436F039">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:jc w:val="distribute"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-40"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>２０２５</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">年 </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>11</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>-</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>12</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>月</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3AAA94D9">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:jc w:val="distribute"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-34"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:14937;top:936;height:643;width:1306;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAI9cS8L8AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPT2vCQBTE74V+h+UVequbCLWSugkSEEuxB6MXb6/Zlz+Y&#10;fRuzW0399G6h4HGYmd8wi2w0nTjT4FrLCuJJBIK4tLrlWsF+t3qZg3AeWWNnmRT8koMsfXxYYKLt&#10;hbd0LnwtAoRdggoa7/tESlc2ZNBNbE8cvMoOBn2QQy31gJcAN52cRtFMGmw5LDTYU95QeSx+jILP&#10;fPWF2++pmV+7fL2plv1pf3hV6vkpjt5BeBr9Pfzf/tAK3uDvSrgBMr0BUEsDBBQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/J&#10;zEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFq&#10;AzEMhvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZN&#10;C4qiZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCp&#10;bR50QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL&#10;8pvW05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMA&#10;AABbQ29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd&#10;/ffS/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKx&#10;yGnHCoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQy&#10;iIfD4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/&#10;XKS5/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa&#10;4xFm9wAAAOIBAAATAAAAAAAAAAEAIAAAAJACAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdwEAAF9yZWxzL1BLAQIUABQAAAAIAIdO&#10;4kDVXCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJsBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQCPXEvC/&#10;AAAA2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAAAAAAAEAIAAAAA4BAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYA&#10;WwEAALgDAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke on="f" weight="0.5pt"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3D1D1004">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:jc w:val="distribute"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Vol.1 No.</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>4</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1EFC325C">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:jc w:val="distribute"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Nov.-Dec.2025</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4C24C325">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:jc w:val="distribute"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="395F4679">
+                      <w:pPr>
+                        <w:spacing w:line="220" w:lineRule="exact"/>
+                        <w:jc w:val="distribute"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-45"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+      <w:t>计；</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6433ED55">
     <w:pPr>
       <w:ind w:firstLine="750" w:firstLineChars="500"/>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:kern w:val="0"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:kern w:val="0"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>王某某(1951—)，男，教授，博士生导师，研究方向为直线电机及其控制、电机优化设计。</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3724D376">
     <w:pPr>
       <w:pStyle w:val="5"/>
@@ -3797,814 +4598,228 @@
                           <w:sz w:val="8"/>
                           <w:szCs w:val="11"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:5757;top:18640;height:0;width:9714;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAFTls1b0AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPT2vCQBTE7wW/w/KE3urGpqhEVxGLtODJP6jHR/aZBLNv&#10;w+42pv30XUHwOMzMb5jZojO1aMn5yrKC4SABQZxbXXGh4LBfv01A+ICssbZMCn7Jw2Lee5lhpu2N&#10;t9TuQiEihH2GCsoQmkxKn5dk0A9sQxy9i3UGQ5SukNrhLcJNLd+TZCQNVhwXSmxoVVJ+3f0YBcfl&#10;+Jp2X58f67A9nJ1t0w39nZR67Q+TKYhAXXiGH+1vrSCF+5V4A+T8H1BLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAVOWzVvQAA&#10;ANoAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="5133E8FC">
+  <w:p w14:paraId="45FE7FFD">
     <w:pPr>
       <w:pStyle w:val="6"/>
     </w:pPr>
-    <w:r>
-[...593 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="F6F9EB4A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F6F9EB4A"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="120"/>
   <w:saveSubsetFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiY2FiMjg5OWVkYzUzMzdlYzg1NjY3NGI4NDk2MGI4N2QifQ=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="775F722A"/>
     <w:rsid w:val="00447F82"/>
     <w:rsid w:val="005F2899"/>
     <w:rsid w:val="006959B6"/>
     <w:rsid w:val="009A441D"/>
     <w:rsid w:val="00AB1ACD"/>
     <w:rsid w:val="00DB7FBD"/>
     <w:rsid w:val="01CD2B81"/>
     <w:rsid w:val="0D8943FD"/>
     <w:rsid w:val="182D52EA"/>
     <w:rsid w:val="1A312930"/>
     <w:rsid w:val="215544BD"/>
     <w:rsid w:val="2C3F1489"/>
     <w:rsid w:val="2D945E18"/>
     <w:rsid w:val="32FF3E8B"/>
     <w:rsid w:val="336C62DB"/>
     <w:rsid w:val="35A653E8"/>
+    <w:rsid w:val="35FF375A"/>
     <w:rsid w:val="377C6801"/>
     <w:rsid w:val="3A6467EB"/>
     <w:rsid w:val="3B37445F"/>
     <w:rsid w:val="3C3B4EAB"/>
     <w:rsid w:val="3CFF0268"/>
     <w:rsid w:val="3EFF322C"/>
     <w:rsid w:val="3FEEE908"/>
     <w:rsid w:val="3FEF0318"/>
     <w:rsid w:val="3FFAAF90"/>
     <w:rsid w:val="40551718"/>
     <w:rsid w:val="406243CC"/>
     <w:rsid w:val="40CA1BEA"/>
     <w:rsid w:val="418D5DEE"/>
     <w:rsid w:val="43184197"/>
     <w:rsid w:val="43396E18"/>
     <w:rsid w:val="43FC00EC"/>
     <w:rsid w:val="4F317A91"/>
     <w:rsid w:val="53CF1048"/>
     <w:rsid w:val="5BEF6D2B"/>
+    <w:rsid w:val="5EEFE8A3"/>
     <w:rsid w:val="5EF76B19"/>
     <w:rsid w:val="5F09239F"/>
     <w:rsid w:val="5F7F0B1E"/>
     <w:rsid w:val="6018205E"/>
     <w:rsid w:val="60223146"/>
     <w:rsid w:val="61661484"/>
     <w:rsid w:val="64CC3C50"/>
     <w:rsid w:val="69E86736"/>
+    <w:rsid w:val="6BA7B856"/>
     <w:rsid w:val="6FFA4BF7"/>
     <w:rsid w:val="701C6B8F"/>
     <w:rsid w:val="72665C4E"/>
     <w:rsid w:val="7569E1E8"/>
     <w:rsid w:val="75A33BF3"/>
     <w:rsid w:val="76CD589C"/>
     <w:rsid w:val="775F722A"/>
+    <w:rsid w:val="77DBC2DC"/>
     <w:rsid w:val="7A116E46"/>
     <w:rsid w:val="7A430B9A"/>
     <w:rsid w:val="7A74C3DB"/>
     <w:rsid w:val="7DBD4C73"/>
     <w:rsid w:val="7DE20C95"/>
     <w:rsid w:val="7ED45422"/>
     <w:rsid w:val="7EF74CC2"/>
     <w:rsid w:val="7F7A59F2"/>
     <w:rsid w:val="7FF2440E"/>
     <w:rsid w:val="AFDAD15B"/>
     <w:rsid w:val="AFFFAB61"/>
     <w:rsid w:val="B3FED128"/>
     <w:rsid w:val="D7FBC08E"/>
     <w:rsid w:val="DDBA5997"/>
     <w:rsid w:val="EDFEB646"/>
+    <w:rsid w:val="EFED7025"/>
     <w:rsid w:val="F4EF8B41"/>
     <w:rsid w:val="FBFF3634"/>
     <w:rsid w:val="FE3F7F90"/>
     <w:rsid w:val="FEDF2F05"/>
     <w:rsid w:val="FF7FF9C3"/>
     <w:rsid w:val="FFF4490F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
       <v:stroke color="#000000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
@@ -5319,62 +5534,62 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>2</Pages>
-  <Words>1623</Words>
-  <Characters>2348</Characters>
+  <Words>1580</Words>
+  <Characters>2302</Characters>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2476</CharactersWithSpaces>
-  <Application>WPS Office_12.1.21861.21861_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>2430</CharactersWithSpaces>
+  <Application>WPS Office_12.1.23540.23540_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>陳未來</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.21861.21861</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.23540.23540</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>AEDDE6CAF369463DA25499DE3B691482_13</vt:lpwstr>
+    <vt:lpwstr>0928423854FDF3CF22980D6994E1346E_43</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiNjUyYjM1MDgyZTIwOTQxN2Q1MGY4ZTg4OGFjZWRjZmUiLCJ1c2VySWQiOiIzOTEwMDM4NzAifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>