--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -1,40 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="23BFD989">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -465,51 +464,63 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>作者姓名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>作者姓名</w:t>
+        <w:t>作者姓</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -840,87 +851,665 @@
         <w:t>,段后6磅</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>无基金请删除</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36063B8A">
       <w:pPr>
         <w:pStyle w:val="14"/>
         <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
         <w:ind w:firstLine="0" w:firstLineChars="0"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
-[...28 lines deleted...]
-        <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="微软雅黑" w:cs="Times New Roman Regular"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>doi.org/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t>10.70693/jyxb.v1i2.***</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="54CFB0D3">
+      <w:pPr>
+        <w:pStyle w:val="14"/>
+        <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="383EC2C1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3750945</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>314960</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2444750" cy="814070"/>
+                <wp:effectExtent l="377190" t="6350" r="22860" b="17780"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="圆角矩形标注 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2444750" cy="814070"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="wedgeRoundRectCallout">
+                          <a:avLst>
+                            <a:gd name="adj1" fmla="val 64485"/>
+                            <a:gd name="adj2" fmla="val -20938"/>
+                            <a:gd name="adj3" fmla="val 16667"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525" cap="flat" cmpd="sng">
+                          <a:solidFill>
+                            <a:srgbClr val="0000FF"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:miter/>
+                          <a:headEnd type="none" w="med" len="med"/>
+                          <a:tailEnd type="none" w="med" len="med"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="52BD0C53">
+                            <w:pPr>
+                              <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:color w:val="000080"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:color w:val="000080"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>注：英文标题首字母大写；姓名首字母大写，姓/名前后不限。</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="21B9F887">
+                            <w:pPr>
+                              <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:color w:val="000080"/>
+                                <w:szCs w:val="21"/>
+                                <w:highlight w:val="yellow"/>
+                                <w:u w:val="double"/>
+                              </w:rPr>
+                              <w:t>阅后删除此文本框。</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0C6C7075"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr vert="horz" anchor="t" anchorCtr="0" upright="1"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="62" type="#_x0000_t62" style="position:absolute;left:0pt;flip:x;margin-left:295.35pt;margin-top:24.8pt;height:64.1pt;width:192.5pt;z-index:251666432;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJApRibldgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVI7KhdRJsHcbpAQoINgoZNd048Taz6&#10;EWK3af+eYUWXM3N059xqc3aWnXCKJngJy4UAhr4L2vhewnfz+pADi0l5rWzwKOGCETb17U2lSh1m&#10;/4WnbeoZhfhYKglDSmPJeewGdCouwoiebvswOZVonHquJzVTuLP8UYg1d8p4+jCoEV8G7A7bo5Pw&#10;1Bhr3vLd5dB+frzPP7u4102U8v5uKZ6BJTynfxj+9EkdanJqw9HryKyEVSEyQimsWAMjoMhWtGiJ&#10;zLIceF3x6wr1L1BLAwQUAAAACACHTuJAIyJw9XcCAAD5BAAADgAAAGRycy9lMm9Eb2MueG1srVTN&#10;bhMxEL4j8Q6W781u0iRNo256aAgcEFQtPIBje3eN/CfbySY8ANw5VwJxAc6ceZwWHoOxdylpyyEH&#10;9rAa2+Nv5vtmxienGyXRmjsvjC5wv5djxDU1TOiqwK9fLQ4mGPlANCPSaF7gLff4dPb40Uljp3xg&#10;aiMZdwhAtJ82tsB1CHaaZZ7WXBHfM5ZrOCyNUyTA0lUZc6QBdCWzQZ6Ps8Y4Zp2h3HvYnbeHuEN0&#10;+wCashSUzw1dKa5Di+q4JAEo+VpYj2cp27LkNLwsS88DkgUGpiH9IQjYy/jPZidkWjlia0G7FMg+&#10;KdzjpIjQEPQWak4CQSsnHkApQZ3xpgw9alTWEkmKAIt+fk+by5pYnriA1N7eiu7/Hyx9sT53SDDo&#10;BIw0UVDw66t3v758+Pnx2/WPzzef3t98/4r6UafG+im4X9pz1608mJH0pnQKlVLYZxEm7gAxtEkq&#10;b29V5puAKGwOhsPh0QgKQOFs0h/mR6kMWYsTb1vnw1NuFIpGgRvOKn5hVppdQD3PiJRmFVIYsn7u&#10;Q5KddckT9gaIlEpCFddEovFwOBl1Vd7xGez6HAzy48PJQ6fDXaf+eDw+ij6QZxcWrD+Zxhy8kYIt&#10;hJRp4arlmXQIcijwIn3d5TtuUqOmwMejwQjkIDBNJXQxmMpCRbyuEss7N/wucA7fYvEv4JjYnPi6&#10;TSAhtASVCNylrq85YU80Q2Froeoahh3HZBRnGEkOb0O0kmcgQu7jCYJIHdnzNHlQm6hX7Ju2U6IV&#10;NssN7EZzadgWmg/eIihybdxbjIimYBQYNGjNs9AO68o6UdXgl1oxYcJEpGp00xtHbnedIv99sWa/&#10;AVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn6&#10;9vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYj&#10;mWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6&#10;JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7oc&#10;vwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMw&#10;EEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5Cov&#10;pEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP&#10;+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xb&#10;z3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvX&#10;OP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOgE&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAA&#10;AAAQAAAAygMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAA&#10;AO4DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAA&#10;AAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQKUYm5XYAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAjInD1dwIAAPkEAAAOAAAAAAAAAAEAIAAAACcB&#10;AABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAQBgAAAAA=&#10;" adj="24729,6277,14400">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke color="#0000FF" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="52BD0C53">
+                      <w:pPr>
+                        <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:color w:val="000080"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:color w:val="000080"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>注：英文标题首字母大写；姓名首字母大写，姓/名前后不限。</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="21B9F887">
+                      <w:pPr>
+                        <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:color w:val="000080"/>
+                          <w:szCs w:val="21"/>
+                          <w:highlight w:val="yellow"/>
+                          <w:u w:val="double"/>
+                        </w:rPr>
+                        <w:t>阅后删除此文本框。</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0C6C7075"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Times New Roman, 14, Bold)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208E7765">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08475458">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Author</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>( Times New Roman, 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:eastAsia="宋体" w:cs="Times New Roman Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, Bold)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C41B10">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:eastAsia="宋体" w:cs="Arial Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="宋体" w:cs="Times New Roman Regular"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="宋体" w:cs="Times New Roman Regular"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Affiliation，university name, city, country </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="宋体" w:cs="Times New Roman Regular"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Times New Roman, 10, Italic)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="宋体" w:cs="Times New Roman Regular"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="宋体" w:cs="Times New Roman Regular"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="宋体" w:cs="Times New Roman Regular"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Affiliation，university name, city, country </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="宋体" w:cs="Times New Roman Regular"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Times New Roman, 10, Italic)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13559F88">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>（英文摘要内容部分</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Times New Roman, 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>0）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B7F51C">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>之间要有一个空行</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78629DD1">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>（英文关键词</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Times New Roman, 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>0。关键字之间要用“;”连接）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4209FAF2">
+      <w:pPr>
+        <w:pStyle w:val="14"/>
+        <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2826ED02">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorEastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="785F3153">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="420" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
@@ -974,54 +1563,53 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>一级标题、二级标题</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>（字体：微软雅黑，10号。段前6磅，段后6磅，行距固定值14磅）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FED92D7">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:firstLine="400" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr>
-          <w:headerReference r:id="rId4" w:type="first"/>
-          <w:footerReference r:id="rId6" w:type="first"/>
+          <w:footerReference r:id="rId5" w:type="first"/>
           <w:headerReference r:id="rId3" w:type="default"/>
-          <w:footerReference r:id="rId5" w:type="default"/>
+          <w:footerReference r:id="rId4" w:type="default"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1497" w:right="1080" w:bottom="1440" w:left="1080" w:header="1247" w:footer="1020" w:gutter="0"/>
           <w:cols w:space="0" w:num="1"/>
           <w:titlePg/>
           <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78270BE8">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:firstLine="400" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular" w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular" w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>世界各国都在推进国际学生教育工作，而针对国际学生安全的管理问题也是每个相关高校都较为重视的课题之一。正文部分篇幅不超过7页</w:t>
@@ -1987,602 +2575,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1E67186C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular" w:eastAsiaTheme="minorEastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2154EFDF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorEastAsia"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5282F2FC">
-[...550 lines deleted...]
-    </w:p>
     <w:p w14:paraId="27ED1233"/>
     <w:p w14:paraId="4CDFEFDD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>投稿须知</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4601DA1C">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:szCs w:val="21"/>
@@ -3014,186 +3050,207 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1497" w:right="1080" w:bottom="1440" w:left="1080" w:header="1020" w:footer="1077" w:gutter="0"/>
       <w:cols w:space="0" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
-    <w:altName w:val="汉仪书宋二KW"/>
+    <w:altName w:val="宋体-简"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0704020202090204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="黑体">
-    <w:altName w:val="汉仪中黑KW"/>
+    <w:altName w:val="黑体-简"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070409020205090404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="40007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="汉仪书宋二KW">
+    <w:panose1 w:val="00020600040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002BF" w:usb1="18EF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="t">
-    <w:altName w:val="苹方-简"/>
+    <w:altName w:val="宋体-简"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="苹方-简">
+    <w:panose1 w:val="020B0400000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002FF" w:usb1="7ACFFDFB" w:usb2="00000017" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="汉仪中黑KW">
+    <w:panose1 w:val="00020600040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002BF" w:usb1="18EF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0703020204020201"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Regular">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="楷体">
-    <w:altName w:val="汉仪楷体KW"/>
+    <w:altName w:val="楷体-简"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="汉仪楷体KW">
+    <w:panose1 w:val="00020600040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002BF" w:usb1="18EF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202090204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:altName w:val="汉仪楷体简"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="汉仪书宋二KW">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="汉仪楷体简">
     <w:panose1 w:val="02010600000101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0800" w:usb2="00000002" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体-简">
+    <w:panose1 w:val="02010800040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080F0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="楷体-简">
+    <w:panose1 w:val="02010600040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="黑体-简">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="8000002F" w:usb1="0800004A" w:usb2="00000000" w:usb3="00000000" w:csb0="203E0000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="6D54659A">
     <w:pPr>
       <w:pStyle w:val="5"/>
     </w:pPr>
     <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>outside</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -3411,810 +3468,606 @@
       <w:ind w:firstLine="750" w:firstLineChars="500"/>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:kern w:val="0"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>李  某</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:kern w:val="0"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>(1972—)，女，博士，副教授，研究方向为直线电机及其控制、电机优化设</w:t>
     </w:r>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="0"/>
     <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-95250</wp:posOffset>
+                <wp:posOffset>-74930</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-9059545</wp:posOffset>
+                <wp:posOffset>-9072245</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6367780" cy="527685"/>
+              <wp:extent cx="6353175" cy="527685"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="13" name="组合 13"/>
+              <wp:docPr id="17" name="组合 17"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6367780" cy="527685"/>
-[...1 lines deleted...]
-                        <a:chExt cx="10028" cy="831"/>
+                        <a:ext cx="6353175" cy="527685"/>
+                        <a:chOff x="6238" y="845"/>
+                        <a:chExt cx="10005" cy="831"/>
                       </a:xfrm>
+                      <a:effectLst/>
                     </wpg:grpSpPr>
                     <wpg:grpSp>
-                      <wpg:cNvPr id="14" name="组合 18"/>
+                      <wpg:cNvPr id="4" name="组合 18"/>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="6379" y="845"/>
                           <a:ext cx="9714" cy="831"/>
                           <a:chOff x="5757" y="1028"/>
                           <a:chExt cx="9714" cy="831"/>
                         </a:xfrm>
+                        <a:effectLst/>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="5" name="文本框 5"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="8556" y="1028"/>
                             <a:ext cx="4258" cy="519"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5AE7C7EF">
+                            <w:p w14:paraId="1F1BD118">
                               <w:pPr>
                                 <w:jc w:val="distribute"/>
                                 <w:rPr>
-                                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                                  <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>中国现代教育学报</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="08EE0A1F">
+                            <w:p w14:paraId="09314A82">
                               <w:pPr>
                                 <w:jc w:val="distribute"/>
                                 <w:rPr>
-                                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                                  <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="4" name="直接连接符 4"/>
+                        <wps:cNvPr id="6" name="直接连接符 4"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="5757" y="1748"/>
                             <a:ext cx="9714" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="line">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="31750" cap="flat" cmpd="thickThin" algn="ctr">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:miter lim="800000"/>
                             <a:headEnd type="none"/>
                             <a:tailEnd type="none"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="6" name="文本框 1"/>
+                        <wps:cNvPr id="7" name="文本框 1"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="8620" y="1342"/>
                             <a:ext cx="4700" cy="517"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2F070920">
+                            <w:p w14:paraId="0C8BEBE1">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                                  <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                                  <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Journal of Modern Educational Studies in China</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="3BF5DD81">
+                            <w:p w14:paraId="6EE4C86A">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                                  <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                     <wps:wsp>
-                      <wps:cNvPr id="17" name="文本框 1"/>
+                      <wps:cNvPr id="18" name="文本框 1"/>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
-                          <a:off x="6215" y="923"/>
-                          <a:ext cx="1352" cy="601"/>
+                          <a:off x="6238" y="923"/>
+                          <a:ext cx="1329" cy="601"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
+                        <a:effectLst/>
                       </wps:spPr>
-                      <wps:style>
-[...12 lines deleted...]
-                      </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="623F5F46">
+                          <w:p w14:paraId="6C30FFAE">
                             <w:pPr>
-                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
-                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-34"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-34"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>第1卷第</w:t>
-[...18 lines deleted...]
-                              <w:t xml:space="preserve">期 </w:t>
+                              <w:t xml:space="preserve">第2卷第1期 </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3436F039">
+                          <w:p w14:paraId="2ECDA1CF">
                             <w:pPr>
-                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
-                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-34"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-40"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>２０２５</w:t>
+                              <w:t>２０２6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-34"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">年 </w:t>
-[...37 lines deleted...]
-                              <w:t>月</w:t>
+                              <w:t>年 1-2月</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3AAA94D9">
+                          <w:p w14:paraId="21C555BF">
                             <w:pPr>
-                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
-                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-34"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                     <wps:wsp>
-                      <wps:cNvPr id="7" name="文本框 7"/>
+                      <wps:cNvPr id="10" name="文本框 7"/>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="14937" y="936"/>
                           <a:ext cx="1306" cy="643"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
+                        <a:effectLst/>
                       </wps:spPr>
-                      <wps:style>
-[...12 lines deleted...]
-                      </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3D1D1004">
+                          <w:p w14:paraId="3D1873E9">
                             <w:pPr>
-                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
-                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
-[...31 lines deleted...]
-                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-45"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-45"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Nov.-Dec.2025</w:t>
+                              <w:t>Vol.2 No.1</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4C24C325">
+                          <w:p w14:paraId="6E2386C3">
                             <w:pPr>
-                              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                              <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
-                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-45"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-45"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve">Jan.-Feb.2026 </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="395F4679">
+                          <w:p w14:paraId="63F5CDDD">
                             <w:pPr>
                               <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
-                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-45"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:0pt;margin-left:-7.5pt;margin-top:-713.35pt;height:41.55pt;width:501.4pt;z-index:251667456;mso-width-relative:page;mso-height-relative:page;" coordorigin="6215,845" coordsize="10028,831" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAPL4vFN4AAAAP&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwW7CMBBE75X6D9ZW6g0cEwg0jYMq1PaEKhUqIW4mXpKI&#10;eB3FJoG/r3Nqb7s7o9k32fpmGtZj52pLEsQ0AoZUWF1TKeFn/zFZAXNekVaNJZRwRwfr/PEhU6m2&#10;A31jv/MlCyHkUiWh8r5NOXdFhUa5qW2Rgna2nVE+rF3JdaeGEG4aPouihBtVU/hQqRY3FRaX3dVI&#10;+BzU8BaL9357OW/ux/3i67AVKOXzk4hegXm8+T8zjPgBHfLAdLJX0o41EiZiEbr4cZjPkiWw4HlZ&#10;LUOd03iL53ECPM/4/x75L1BLAwQUAAAACACHTuJA7l/ckS8EAACaEAAADgAAAGRycy9lMm9Eb2Mu&#10;eG1s7VhNb9w2EL0X6H8gdK9X39oVvA5cOzYKGIkBp+iZS1EroRLJklzvuuei6anoqZcWBXpoTzn2&#10;1kN+TZz+jA5JSevdtQEnTYIUsA8yP4eaN2/eULv/aNU26JJKVXM29YI930OUEV7UbD71vnx28tnY&#10;Q0pjVuCGMzr1rqjyHh18+sn+UuQ05BVvCioRGGEqX4qpV2kt8tFIkYq2WO1xQRlMlly2WENXzkeF&#10;xEuw3jaj0PfT0ZLLQkhOqFIweuwmvc6ivI9BXpY1ocecLFrKtLMqaYM1uKSqWijvwL5tWVKin5al&#10;oho1Uw881fYJh0B7Zp6jg32czyUWVU26V8D3eYUtn1pcMzh0MHWMNUYLWe+YamsiueKl3iO8HTlH&#10;LCLgReBvYXMq+UJYX+b5ci4G0CFQW6i/tVny5PJcoroAJkQeYriFiL/++7tXP/2AYADQWYp5DotO&#10;pbgQ57IbmLuecXhVytb8B1fQyuJ6NeBKVxoRGEyjNMvGADmBuSTM0nHigCcVRMdsS8Mg8RDMjuNh&#10;6nG3O/D9EDhp9o6jwGwc9ceOzNsNLzN03jNQ8TZQ47cAKo2yyabHPVqTLIATbriL8wGnJEsyuysw&#10;mFjykqoHamfjnThB5qo1ndR/o9NFhQW1LFWGKR2dIJyOTdc/P7/+9cX1798jG9mlsKsMmZBefc4h&#10;+DamZlzB4C2cGidJuuV0j1UcJh01kmCyQQ2cC6n0KeUtMo2pJ0ELbIriyzOlHYv6JeZQxk/qprGQ&#10;NgwtDWsT324YZgDPhpm11CpLZ2b95qalV7MVGDHNGS+uwEvJneooQU5qeJUzrPQ5liAzkBEgxPop&#10;PMqGw5G8a3mo4vLb28bNeggXzHpoCbI19dQ3Cyyph5ovGARyEsSx0TnbiZMshI68OTO7OcMW7REH&#10;ZQxA8gWxTbNeN32zlLz9CvT60JwKU5gROHvq6b55pJ2Ygt4TenhoF4GyCazP2IUgxrQD93CheVlb&#10;3NfYQCqbDpDRIfbeWblO3V/+uv7xj39e/gbP1y/+RLFLYcvNI9YJ3Z2MXKdhFndp2DNynYS2uAwp&#10;uMPHpmYma3B+Xz5GQQaERMQEvYRiB81WFBALKF1fP6ugACHczKGmEy2tYcWbujCkNqcoOZ8dNRJd&#10;YlMJ7V+XLxvLTEYcY1W5dXbKyUxbayj7Td2CCg+7cV5RXDxmBdJXAioHgxuDW65x3eyO3yeBXNaY&#10;/Pyw1ACJ2RasQZhA1t5IsFKTdlCvgigOHR49PeLMNzE0dTDIugD0JbRXowfB+l8I1vry8YHECwjz&#10;zig6XLgmob3mQU3rr1tREjqGpv7mbWtHwt5dSbW57sq/yfqHIoo+4iJ6Cw2tlJnIvaFSBvEkchfa&#10;SZRuKmUQ+SDJRinT2FL07lL6wENTbz6my5zVRvhktd9q3ee1+Sa+2bcVfv2TwsG/UEsDBAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAA&#10;X3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h&#10;7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWW&#10;V63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYru&#10;HlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAA&#10;CACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVO&#10;u0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7f&#10;ZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pR&#10;RIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q6&#10;4Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvl&#10;g+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAApgYAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAACIBQAA&#10;X3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAArAUAAF9yZWxz&#10;Ly5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9Q&#10;SwECFAAUAAAACACHTuJAPL4vFN4AAAAPAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAhQAFAAAAAgAh07iQO5f3JEvBAAAmhAAAA4AAAAAAAAAAQAgAAAALQEAAGRycy9lMm9E&#10;b2MueG1sUEsFBgAAAAAGAAYAWQEAAM4HAAAAAA==&#10;">
+            <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:0pt;margin-left:-5.9pt;margin-top:-714.35pt;height:41.55pt;width:500.25pt;z-index:251667456;mso-width-relative:page;mso-height-relative:page;" coordorigin="6238,845" coordsize="10005,831" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAQLBtCd0AAAAP&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VI3FrH/SOEOBWqgFNViRYJcdsm2yRq&#10;vI5iN2nfHucEt9md0ey36fpqGtFT52rLGtQ0AkGc26LmUsPX4X0Sg3AeucDGMmm4kYN1dn+XYlLY&#10;gT+p3/tShBJ2CWqovG8TKV1ekUE3tS1x8E62M+jD2JWy6HAI5aaRsyhaSYM1hwsVtrSpKD/vL0bD&#10;x4DD61y99dvzaXP7OSx331tFWj8+qOgFhKer/wvDiB/QIQtMR3vhwolGw0SpgO5HsZjFTyBC5jke&#10;xXHczRfLFcgslf//yH4BUEsDBBQAAAAIAIdO4kCe7aopKwQAANIQAAAOAAAAZHJzL2Uyb0RvYy54&#10;bWztWEtvJDUQviPxH6y+k+nnPFqZrEKyiVaK2EhZtGeP2/0Qbttre9ITzgg4IU5cQEgc2NMeuXHg&#10;15DlZ1B2PybpLNJsENEiJYeO7So/quqrr+zZf7KpGbqkSleCL71gz/cQ5URkFS+W3ucvTj6Ze0gb&#10;zDPMBKdL74pq78nBxx/tNzKloSgFy6hCsAjXaSOXXmmMTCcTTUpaY70nJOUgzIWqsYGuKiaZwg2s&#10;XrNJ6PvTSSNUJpUgVGsYPW6FXrei2mVBkecVoceCrGvKTbuqogwbMEmXldTegTttnlNinue5pgax&#10;pQeWGveFTaC9st/JwT5OC4VlWZHuCHiXI4xsqnHFYdNhqWNsMFqr6s5SdUWU0CI3e0TUk9YQ5xGw&#10;IvBHvjlVYi2dLUXaFHJwOgRq5PV7L0s+uzxXqMoACTMPcVxDxN/+/tWf33+LYAC808giBaVTJS/k&#10;ueoGirZnDd7kqrb/wRS0cX69GvxKNwYRGJxGSRTMEg8RkCXhbDpPWseTEqJjp03DCGAH0nk8iJ52&#10;swPf97u58yiwEyfbbamL8Zk2dtiedTja0Plv3RaPvTa/h9em0Wxx2/zedYtZADtYv3W243RwWjJL&#10;IGYgCvzQ7WplvdfuTNzRaZDUeos0/e+QdlFiSR2AtQVRhzQIZgu06x++uf7pzfUvXyMX9EY6LYsz&#10;ZDafCsCFC7cd1zD4DrjNk2Q6ckHvuThMAFIOccFihBqptDmloka2sfQU0ITLXnzZIQmnvYrdlIuT&#10;ijFAGE4ZR40DtO8mDBLwLuNWYQTI/uTWBrNZbVwC6XQlsiuwUomWkLQkJxUc5Qxrc44VMBDwE3C0&#10;eQ6fnAnYUnQtD5VCffmucasP4QKphxpgtKWnX62xoh5izzgEchHEsaVA14mTWQgddVOyuinh6/pI&#10;AGkGUA0kcU2rb1jfzJWoXwKVH9pdQYQ5gb2XnumbR6blWSgFhB4eOiUgPYnNGb+QxC7dOvdwbURe&#10;dRnc+8alswOj5aAHQCXgqKO/H3+7/u7Xv/74Gb5v37xGcZvQDptHvOPAPq5bJuoIcJuUs7hLyh6R&#10;25R0dedGQvZg6/DIKm6zBqe74tGyK4SA2KDnUAehWcsMYgFV7YsXJdQmhFkB5Z4Y5RbWglWZBbXd&#10;RatidcQUusS2SLq/Ll9uqdlDHmNdtnpOZNVwWlcGbgSsqoGkhtk4LSnOnvIMmSsJRYXDZaJVN7hi&#10;d8d3SaA2a1qmf0hoDJVxS1gDMQGtvRdhTW3aWc6O4rD1Rw+PeObbGIIsaUvvPwPkkbAclX2whLW9&#10;iTwQeQVQ6sY19b4QHe5iizC6jdAgCuGaYhE69ccXsRGFPSL0w0bog5TUAPhsjMruUfHeN70gXkTt&#10;bXcRTcew9KF4O1jGDrGPxPl/vek54oSnrnvjdc9y+5a+2Xc3w+1PEQd/A1BLAwQKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxz&#10;Ly5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7w&#10;mRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2Y&#10;rHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zl&#10;ju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07i&#10;QH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXp&#10;grRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAE&#10;MjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7&#10;ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lP&#10;E6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BL&#10;AQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAKEGAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAgwUAAF9yZWxz&#10;L1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAKcFAABfcmVscy8ucmVs&#10;c1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQA&#10;FAAAAAgAh07iQECwbQndAAAADwEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBL&#10;AQIUABQAAAAIAIdO4kCe7aopKwQAANIQAAAOAAAAAAAAAAEAIAAAACwBAABkcnMvZTJvRG9jLnht&#10;bFBLBQYAAAAABgAGAFkBAADJBwAAAAA=&#10;">
               <o:lock v:ext="edit" aspectratio="f"/>
-              <v:group id="组合 18" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:6379;top:845;height:831;width:9714;" coordorigin="5757,1028" coordsize="9714,831" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAjTWXFr0AAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTWvCQBC9C/0PyxR6azaxrUh0IyJt6UEKJoJ4G7JjEpKd&#10;Ddltov++Wyh4m8f7nPXmajox0uAaywqSKAZBXFrdcKXgWHw8L0E4j6yxs0wKbuRgkz3M1phqO/GB&#10;xtxXIoSwS1FB7X2fSunKmgy6yPbEgbvYwaAPcKikHnAK4aaT8zheSIMNh4Yae9rVVLb5j1HwOeG0&#10;fUnex3172d3Oxdv3aZ+QUk+PSbwC4enq7+J/95cO81/h75dwgMx+AVBLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAFQAAAGRycy9ncm91cHNoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1L&#10;zk/JzEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kAJLbcE0wAAAJkBAAALAAAAX3JlbHMvLnJlbHOl&#10;kEFLAzEQhe+C/yHM3c22BxFptjeh11rBa0hms8FNJszE1f57U0RwpTcPc5h5zPceb7f/TLNakCVS&#10;NrDpelCYHfmYg4GX09PdAyipNns7U0YDZxTYD7c3uyPOtrYnmWIR1ShZDEy1lketxU2YrHRUMDdl&#10;JE62tpWDLta92YB62/f3mn8zYFgx1cEb4IPfgjqdS3P+w07RMQmNtXOUNI1jdNeoOjC9l+fJFnxN&#10;c2NZDlgNeJZvSS5SC9m1AX09w+afGTx95CMua/fLkXH58dWrQocvUEsDBBQAAAAIAIdO4kBUfegn&#10;/gAAAOwBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRy07DMBBF90j8g+UtShxYIISadEGAHSAo&#10;HzCyJ4lFYlseN7R/z7iPDaJIXdoz954je7HcTKOYMZL1rpbXZSUFOu2NdX0tP1dPxZ0UlMAZGL3D&#10;Wm6R5LK5vFistgFJcNpRLYeUwr1SpAecgEof0PGk83GCxMfYqwD6C3pUN1V1q7R3CV0qUu6QzaLF&#10;DtZjEo8bvt6bRBxJiof9YmbVEkIYrYbEpmp25helOBBKTu52aLCBrlhDqj8JeXIacMi98tNEa1C8&#10;QUwvMLGGMpGU8d8u4lz+X5ItJyp811mNZRup5dg7zkerU+199OtAAwTk/nMZzzn8kcNHjNr9VfMD&#10;UEsBAhQAFAAAAAgAh07iQFR96Cf+AAAA7AEAABMAAAAAAAAAAQAgAAAAmgIAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB6AQAAX3Jl&#10;bHMvUEsBAhQAFAAAAAgAh07iQAkttwTTAAAAmQEAAAsAAAAAAAAAAQAgAAAAngEAAF9yZWxzLy5y&#10;ZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwEC&#10;FAAUAAAACACHTuJAjTWXFr0AAADbAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1s&#10;UEsBAhQAFAAAAAgAh07iQDMvBZ47AAAAOQAAABUAAAAAAAAAAQAgAAAADAEAAGRycy9ncm91cHNo&#10;YXBleG1sLnhtbFBLBQYAAAAABgAGAGABAADJAwAAAAA=&#10;">
+              <v:group id="组合 18" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:6379;top:845;height:831;width:9714;" coordorigin="5757,1028" coordsize="9714,831" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAG77s4L4AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBSE70L/w/IKvTWb2FYkuhGRtvQgBRNBvD2yzyQk&#10;+zZkt4n++26h4HGYmW+Y9eZqOjHS4BrLCpIoBkFcWt1wpeBYfDwvQTiPrLGzTApu5GCTPczWmGo7&#10;8YHG3FciQNilqKD2vk+ldGVNBl1ke+LgXexg0Ac5VFIPOAW46eQ8jhfSYMNhocaedjWVbf5jFHxO&#10;OG1fkvdx3152t3Px9n3aJ6TU02MSr0B4uvp7+L/9pRW8wt+VcANk9gtQSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABUAAABkcnMvZ3JvdXBzaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjN&#10;S85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJACS23BNMAAACZAQAACwAAAF9yZWxzLy5yZWxz&#10;pZBBSwMxEIXvgv8hzN3NtgcRabY3oddawWtIZrPBTSbMxNX+e1NEcKU3D3OYecz3Hm+3/0yzWpAl&#10;Ujaw6XpQmB35mIOBl9PT3QMoqTZ7O1NGA2cU2A+3N7sjzra2J5liEdUoWQxMtZZHrcVNmKx0VDA3&#10;ZSROtraVgy7WvdmAetv395p/M2BYMdXBG+CD34I6nUtz/sNO0TEJjbVzlDSNY3TXqDowvZfnyRZ8&#10;TXNjWQ5YDXiWb0kuUgvZtQF9PcPmnxk8feQjLmv3y5Fx+fHVq0KHL1BLAwQUAAAACACHTuJAVH3o&#10;J/4AAADsAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkctOwzAQRfdI/IPlLUocWCCEmnRBgB0g&#10;KB8wsieJRWJbHje0f8+4jw2iSF3aM/eeI3ux3EyjmDGS9a6W12UlBTrtjXV9LT9XT8WdFJTAGRi9&#10;w1pukeSyubxYrLYBSXDaUS2HlMK9UqQHnIBKH9DxpPNxgsTH2KsA+gt6VDdVdau0dwldKlLukM2i&#10;xQ7WYxKPG77em0QcSYqH/WJm1RJCGK2GxKZqduYXpTgQSk7udmiwga5YQ6o/CXlyGnDIvfLTRGtQ&#10;vEFMLzCxhjKRlPHfLuJc/l+SLScqfNdZjWUbqeXYO85Hq1PtffTrQAME5P5zGc85/JHDR4za/VXz&#10;A1BLAQIUABQAAAAIAIdO4kBUfegn/gAAAOwBAAATAAAAAAAAAAEAIAAAAJsCAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAewEAAF9y&#10;ZWxzL1BLAQIUABQAAAAIAIdO4kAJLbcE0wAAAJkBAAALAAAAAAAAAAEAIAAAAJ8BAABfcmVscy8u&#10;cmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsB&#10;AhQAFAAAAAgAh07iQBu+7OC+AAAA2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2Lnht&#10;bFBLAQIUABQAAAAIAIdO4kAzLwWeOwAAADkAAAAVAAAAAAAAAAEAIAAAAA0BAABkcnMvZ3JvdXBz&#10;aGFwZXhtbC54bWxQSwUGAAAAAAYABgBgAQAAygMAAAAA&#10;">
                 <o:lock v:ext="edit" aspectratio="f"/>
                 <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:8556;top:1028;height:519;width:4258;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAvEkpHL4AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBSE7wX/w/KE3uomQkpIXYMExFLqITaX3l6zzySY&#10;fRuz22j99d1CweMwM98wq/xqejHR6DrLCuJFBIK4trrjRkH1sX1KQTiPrLG3TAp+yEG+nj2sMNP2&#10;wiVNB9+IAGGXoYLW+yGT0tUtGXQLOxAH72hHgz7IsZF6xEuAm14uo+hZGuw4LLQ4UNFSfTp8GwVv&#10;xXaP5dfSpLe+2L0fN8O5+kyUepzH0QsIT1d/D/+3X7WCBP6uhBsg179QSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nM&#10;S7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoD&#10;MQyG90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0L&#10;iqJl5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKlt&#10;HnRCe8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvy&#10;m9bTmlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAA&#10;AFtDb250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN39&#10;99L9uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHI&#10;accKhpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKI&#10;h8Pi0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479c&#10;pLn8G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrj&#10;EWb3AAAA4gEAABMAAAAAAAAAAQAgAAAAjwIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB2AQAAX3JlbHMvUEsBAhQAFAAAAAgAh07i&#10;QNVcJijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAmgEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAvEkpHL4A&#10;AADaAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAAAAAAAAAQAgAAAADQEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBb&#10;AQAAtwMAAAAA&#10;">
                   <v:fill on="f" focussize="0,0"/>
                   <v:stroke on="f" weight="0.5pt"/>
                   <v:imagedata o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="5AE7C7EF">
+                      <w:p w14:paraId="1F1BD118">
                         <w:pPr>
                           <w:jc w:val="distribute"/>
                           <w:rPr>
-                            <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                            <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>中国现代教育学报</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="08EE0A1F">
+                      <w:p w14:paraId="09314A82">
                         <w:pPr>
                           <w:jc w:val="distribute"/>
                           <w:rPr>
-                            <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                            <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:5757;top:1748;height:0;width:9714;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzu7QKLsAAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS6vCMBSE94L/IRzh7jStiEg1uhAVF3dxfVGXx+bYFpuT&#10;0sTH9dcbQXA5zMw3zGT2MJW4UeNKywriXgSCOLO65FzBfrfsjkA4j6yxskwK/snBbNpuTTDR9s4b&#10;um19LgKEXYIKCu/rREqXFWTQ9WxNHLyzbQz6IJtc6gbvAW4q2Y+ioTRYclgosKZ5QdllezUKXLUq&#10;n8vD7ynN4tQujn+Y7wao1E8njsYgPD38N/xpr7WCAbyvhBsgpy9QSwMEFAAAAAgAh07iQDMvBZ47&#10;AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nMS7dV&#10;Cg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoDMQyG&#10;90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0LiqJl&#10;5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKltHnRC&#10;e8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvym9bT&#10;mlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAAAFtD&#10;b250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN3999L9&#10;uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHIaccK&#10;hpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKIh8Pi&#10;0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479cpLn8&#10;G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrjEWb3&#10;AAAA4gEAABMAAAAAAAAAAQAgAAAAjAIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABzAQAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQNVc&#10;JijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAlwEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAzu7QKLsAAADa&#10;AAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMvBZ47&#10;AAAAOQAAABAAAAAAAAAAAQAgAAAACgEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBbAQAA&#10;tAMAAAAA&#10;">
+                <v:line id="直接连接符 4" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:5757;top:1748;height:0;width:9714;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAUXDrxL4AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBSE7wX/w/KE3nQTKSLRTQ5ipIce2sSSHp/ZZxLM&#10;vg3ZbbT99d1CocdhZr5hdtnd9GKi0XWWFcTLCARxbXXHjYJTmS82IJxH1thbJgVf5CBLZw87TLS9&#10;8RtNhW9EgLBLUEHr/ZBI6eqWDLqlHYiDd7GjQR/k2Eg94i3ATS9XUbSWBjsOCy0OtG+pvhafRoHr&#10;j913/v5yruq4soePV2zKJ1TqcR5HWxCe7v4//Nd+1grW8Hsl3ACZ/gBQSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nM&#10;S7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoD&#10;MQyG90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0L&#10;iqJl5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKlt&#10;HnRCe8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvy&#10;m9bTmlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAA&#10;AFtDb250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN39&#10;99L9uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHI&#10;accKhpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKI&#10;h8Pi0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479c&#10;pLn8G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrj&#10;EWb3AAAA4gEAABMAAAAAAAAAAQAgAAAAjwIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB2AQAAX3JlbHMvUEsBAhQAFAAAAAgAh07i&#10;QNVcJijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAmgEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAUXDrxL4A&#10;AADaAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAAAAAAAAAQAgAAAADQEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBb&#10;AQAAtwMAAAAA&#10;">
                   <v:fill on="f" focussize="0,0"/>
                   <v:stroke weight="2.5pt" color="#000000" linestyle="thickThin" miterlimit="8" joinstyle="miter"/>
                   <v:imagedata o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:line>
-                <v:shape id="文本框 1" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:8620;top:1342;height:517;width:4700;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJATJu3a70AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS4vCQBCE7wv+h6EFb+tEQZHoRCQgLuIefFy8tZnOAzM9&#10;MTPr69fvCILHoqq+ombzu6nFlVpXWVYw6EcgiDOrKy4UHPbL7wkI55E11pZJwYMczJPO1wxjbW+8&#10;pevOFyJA2MWooPS+iaV0WUkGXd82xMHLbWvQB9kWUrd4C3BTy2EUjaXBisNCiQ2lJWXn3Z9RsE6X&#10;v7g9Dc3kWaerTb5oLofjSKledxBNQXi6+0/43f7RCsbwuhJugEz+AVBLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBMm7drvQAA&#10;ANoAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;">
+                <v:shape id="文本框 1" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:8620;top:1342;height:517;width:4700;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAI9cS8L8AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPT2vCQBTE74V+h+UVequbCLWSugkSEEuxB6MXb6/Zlz+Y&#10;fRuzW0399G6h4HGYmd8wi2w0nTjT4FrLCuJJBIK4tLrlWsF+t3qZg3AeWWNnmRT8koMsfXxYYKLt&#10;hbd0LnwtAoRdggoa7/tESlc2ZNBNbE8cvMoOBn2QQy31gJcAN52cRtFMGmw5LDTYU95QeSx+jILP&#10;fPWF2++pmV+7fL2plv1pf3hV6vkpjt5BeBr9Pfzf/tAK3uDvSrgBMr0BUEsDBBQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/J&#10;zEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFq&#10;AzEMhvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZN&#10;C4qiZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCp&#10;bR50QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL&#10;8pvW05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMA&#10;AABbQ29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd&#10;/ffS/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKx&#10;yGnHCoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQy&#10;iIfD4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/&#10;XKS5/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa&#10;4xFm9wAAAOIBAAATAAAAAAAAAAEAIAAAAJACAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdwEAAF9yZWxzL1BLAQIUABQAAAAIAIdO&#10;4kDVXCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJsBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQCPXEvC/&#10;AAAA2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAAAAAAAEAIAAAAA4BAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYA&#10;WwEAALgDAAAAAA==&#10;">
                   <v:fill on="f" focussize="0,0"/>
                   <v:stroke on="f" weight="0.5pt"/>
                   <v:imagedata o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="2F070920">
+                      <w:p w14:paraId="0C8BEBE1">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                            <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                            <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Journal of Modern Educational Studies in China</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="3BF5DD81">
+                      <w:p w14:paraId="6EE4C86A">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:hint="default" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
+                            <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:cs="Times New Roman Regular"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </v:group>
-              <v:shape id="文本框 1" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:6215;top:923;height:601;width:1352;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJARM3R9LwAAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTWvCQBC9C/6HZYTedBOhrUTXIAFRSnswevE2ZsckmJ2N&#10;2VXT/vpuoeBtHu9zFmlvGnGnztWWFcSTCARxYXXNpYLDfj2egXAeWWNjmRR8k4N0ORwsMNH2wTu6&#10;574UIYRdggoq79tESldUZNBNbEscuLPtDPoAu1LqDh8h3DRyGkVv0mDNoaHClrKKikt+Mwo+svUX&#10;7k5TM/tpss3nedVeD8dXpV5GcTQH4an3T/G/e6vD/Hf4+yUcIJe/UEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQETN0fS8AAAA&#10;2wAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;">
+              <v:shape id="文本框 1" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:6238;top:923;height:601;width:1329;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJANVJFhr8AAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS4vCQBCE74L/YWhhbzpRWJHoKBKQXWT34OPirc20STDT&#10;EzPjY/fX2wfBWzdVXfX1bPFwtbpRGyrPBoaDBBRx7m3FhYH9btWfgAoR2WLtmQz8UYDFvNuZYWr9&#10;nTd028ZCSQiHFA2UMTap1iEvyWEY+IZYtJNvHUZZ20LbFu8S7mo9SpKxdlixNJTYUFZSft5enYF1&#10;tvrFzXHkJv919vVzWjaX/eHTmI/eMJmCivSIb/Pr+tsKvsDKLzKAnj8BUEsDBBQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/J&#10;zEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFq&#10;AzEMhvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZN&#10;C4qiZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCp&#10;bR50QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL&#10;8pvW05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMA&#10;AABbQ29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd&#10;/ffS/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKx&#10;yGnHCoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQy&#10;iIfD4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/&#10;XKS5/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa&#10;4xFm9wAAAOIBAAATAAAAAAAAAAEAIAAAAJACAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdwEAAF9yZWxzL1BLAQIUABQAAAAIAIdO&#10;4kDVXCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJsBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQDVSRYa/&#10;AAAA2wAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAAAAAAAEAIAAAAA4BAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYA&#10;WwEAALgDAAAAAA==&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke on="f" weight="0.5pt"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="623F5F46">
+                    <w:p w14:paraId="6C30FFAE">
                       <w:pPr>
-                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-34"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-34"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>第1卷第</w:t>
-[...18 lines deleted...]
-                        <w:t xml:space="preserve">期 </w:t>
+                        <w:t xml:space="preserve">第2卷第1期 </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3436F039">
+                    <w:p w14:paraId="2ECDA1CF">
                       <w:pPr>
-                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-34"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-40"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>２０２５</w:t>
+                        <w:t>２０２6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-34"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">年 </w:t>
-[...37 lines deleted...]
-                        <w:t>月</w:t>
+                        <w:t>年 1-2月</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3AAA94D9">
+                    <w:p w14:paraId="21C555BF">
                       <w:pPr>
-                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-34"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
-              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:14937;top:936;height:643;width:1306;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAI9cS8L8AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPT2vCQBTE74V+h+UVequbCLWSugkSEEuxB6MXb6/Zlz+Y&#10;fRuzW0399G6h4HGYmd8wi2w0nTjT4FrLCuJJBIK4tLrlWsF+t3qZg3AeWWNnmRT8koMsfXxYYKLt&#10;hbd0LnwtAoRdggoa7/tESlc2ZNBNbE8cvMoOBn2QQy31gJcAN52cRtFMGmw5LDTYU95QeSx+jILP&#10;fPWF2++pmV+7fL2plv1pf3hV6vkpjt5BeBr9Pfzf/tAK3uDvSrgBMr0BUEsDBBQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/J&#10;zEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFq&#10;AzEMhvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZN&#10;C4qiZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCp&#10;bR50QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL&#10;8pvW05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMA&#10;AABbQ29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd&#10;/ffS/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKx&#10;yGnHCoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQy&#10;iIfD4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/&#10;XKS5/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa&#10;4xFm9wAAAOIBAAATAAAAAAAAAAEAIAAAAJACAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdwEAAF9yZWxzL1BLAQIUABQAAAAIAIdO&#10;4kDVXCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJsBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQCPXEvC/&#10;AAAA2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAAAAAAAEAIAAAAA4BAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYA&#10;WwEAALgDAAAAAA==&#10;">
+              <v:shape id="文本框 7" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:14937;top:936;height:643;width:1306;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAyyRJgL8AAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS4vCQBCE74L/YWhhbzpRWJHoKBKQXWT34OPirc20STDT&#10;EzPjY/fX2wfBWzdVXfX1bPFwtbpRGyrPBoaDBBRx7m3FhYH9btWfgAoR2WLtmQz8UYDFvNuZYWr9&#10;nTd028ZCSQiHFA2UMTap1iEvyWEY+IZYtJNvHUZZ20LbFu8S7mo9SpKxdlixNJTYUFZSft5enYF1&#10;tvrFzXHkJv919vVzWjaX/eHTmI/eMJmCivSIb/Pr+tsKvtDLLzKAnj8BUEsDBBQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/J&#10;zEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFq&#10;AzEMhvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZN&#10;C4qiZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCp&#10;bR50QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL&#10;8pvW05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMA&#10;AABbQ29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd&#10;/ffS/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKx&#10;yGnHCoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQy&#10;iIfD4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/&#10;XKS5/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa&#10;4xFm9wAAAOIBAAATAAAAAAAAAAEAIAAAAJACAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdwEAAF9yZWxzL1BLAQIUABQAAAAIAIdO&#10;4kDVXCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJsBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQMskSYC/&#10;AAAA2wAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAAAAAAAEAIAAAAA4BAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYA&#10;WwEAALgDAAAAAA==&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke on="f" weight="0.5pt"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3D1D1004">
+                    <w:p w14:paraId="3D1873E9">
                       <w:pPr>
-                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
-[...31 lines deleted...]
-                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-45"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-45"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>Nov.-Dec.2025</w:t>
+                        <w:t>Vol.2 No.1</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4C24C325">
+                    <w:p w14:paraId="6E2386C3">
                       <w:pPr>
-                        <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
+                        <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-45"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-45"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve">Jan.-Feb.2026 </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="395F4679">
+                    <w:p w14:paraId="63F5CDDD">
                       <w:pPr>
                         <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-45"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:kern w:val="0"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>计；</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6433ED55">
@@ -4596,88 +4449,78 @@
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="8"/>
                           <w:szCs w:val="11"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:5757;top:18640;height:0;width:9714;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAFTls1b0AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPT2vCQBTE7wW/w/KE3urGpqhEVxGLtODJP6jHR/aZBLNv&#10;w+42pv30XUHwOMzMb5jZojO1aMn5yrKC4SABQZxbXXGh4LBfv01A+ICssbZMCn7Jw2Lee5lhpu2N&#10;t9TuQiEihH2GCsoQmkxKn5dk0A9sQxy9i3UGQ5SukNrhLcJNLd+TZCQNVhwXSmxoVVJ+3f0YBcfl&#10;+Jp2X58f67A9nJ1t0w39nZR67Q+TKYhAXXiGH+1vrSCF+5V4A+T8H1BLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAVOWzVvQAA&#10;ANoAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="F6F9EB4A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F6F9EB4A"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:saveSubsetFonts/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4728,62 +4571,65 @@
     <w:rsid w:val="5F09239F"/>
     <w:rsid w:val="5F7F0B1E"/>
     <w:rsid w:val="6018205E"/>
     <w:rsid w:val="60223146"/>
     <w:rsid w:val="61661484"/>
     <w:rsid w:val="64CC3C50"/>
     <w:rsid w:val="69E86736"/>
     <w:rsid w:val="6BA7B856"/>
     <w:rsid w:val="6FFA4BF7"/>
     <w:rsid w:val="701C6B8F"/>
     <w:rsid w:val="72665C4E"/>
     <w:rsid w:val="7569E1E8"/>
     <w:rsid w:val="75A33BF3"/>
     <w:rsid w:val="76CD589C"/>
     <w:rsid w:val="775F722A"/>
     <w:rsid w:val="77DBC2DC"/>
     <w:rsid w:val="7A116E46"/>
     <w:rsid w:val="7A430B9A"/>
     <w:rsid w:val="7A74C3DB"/>
     <w:rsid w:val="7DBD4C73"/>
     <w:rsid w:val="7DE20C95"/>
     <w:rsid w:val="7ED45422"/>
     <w:rsid w:val="7EF74CC2"/>
     <w:rsid w:val="7F7A59F2"/>
     <w:rsid w:val="7FF2440E"/>
+    <w:rsid w:val="9FFD0D00"/>
     <w:rsid w:val="AFDAD15B"/>
     <w:rsid w:val="AFFFAB61"/>
     <w:rsid w:val="B3FED128"/>
     <w:rsid w:val="D7FBC08E"/>
     <w:rsid w:val="DDBA5997"/>
     <w:rsid w:val="EDFEB646"/>
     <w:rsid w:val="EFED7025"/>
     <w:rsid w:val="F4EF8B41"/>
+    <w:rsid w:val="F9FDB121"/>
     <w:rsid w:val="FBFF3634"/>
     <w:rsid w:val="FE3F7F90"/>
     <w:rsid w:val="FEDF2F05"/>
     <w:rsid w:val="FF7FF9C3"/>
+    <w:rsid w:val="FFAE0F52"/>
     <w:rsid w:val="FFF4490F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
       <v:stroke color="#000000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -5256,51 +5102,51 @@
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
     <w:name w:val="中文页眉"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体"/>
       <w:i/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
   <a:themeElements>
     <a:clrScheme name="WPS">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4874CB"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EE822F"/>
       </a:accent2>
       <a:accent3>
@@ -5542,54 +5388,54 @@
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>2</Pages>
   <Words>1580</Words>
   <Characters>2302</Characters>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2430</CharactersWithSpaces>
-  <Application>WPS Office_12.1.23540.23540_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.24031.24031_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>陳未來</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.23540.23540</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.24031.24031</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>0928423854FDF3CF22980D6994E1346E_43</vt:lpwstr>
+    <vt:lpwstr>0B1EA53F8E2A351014FD7A6971510AD2_43</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiNjUyYjM1MDgyZTIwOTQxN2Q1MGY4ZTg4OGFjZWRjZmUiLCJ1c2VySWQiOiIzOTEwMDM4NzAifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>